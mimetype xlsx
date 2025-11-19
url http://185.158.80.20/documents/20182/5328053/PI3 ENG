--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="33">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="35">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER OF ATMS AND EFTPOS TERMINALS IN THE REPUBLIC OF CROATIA BY FEATURE OF THE TERMINAL  - year 2025</t>
   </si>
   <si>
     <t>Type of terminal</t>
   </si>
   <si>
     <t>Feature of terminal</t>
   </si>
   <si>
     <t>as at: 31/1</t>
   </si>
@@ -86,78 +86,84 @@
   <si>
     <t>as at: 31/8</t>
   </si>
   <si>
     <t>as at: 30/9</t>
   </si>
   <si>
     <t>as at: 31/10</t>
   </si>
   <si>
     <t>as at: 30/11</t>
   </si>
   <si>
     <t>as at: 31/12</t>
   </si>
   <si>
     <t> Contactless </t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Contact </t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> Contactless - contact </t>
   </si>
   <si>
     <t> ATM {1} </t>
   </si>
   <si>
     <t> Drive-in </t>
   </si>
   <si>
     <t> With video surveillance </t>
   </si>
   <si>
     <t> In secure location </t>
   </si>
   <si>
     <t> Total </t>
   </si>
   <si>
     <t> EFTPOS terminal {2} </t>
   </si>
   <si>
     <t>{1} An ATM may be only in one category, i.e. it may be contactless, contact or contactless-contact, which makes up the total number of ATMs.</t>
   </si>
   <si>
     <t>Each of the above ATMs may at the same time be a drive-in and/or with video surveillance and/or in a secure location.</t>
   </si>
   <si>
     <t>{2} An EFTPOS terminal may have only one of the mentioned features. The line Total represents the sum of data from lines Contactless, Contact and Contactless-contact.</t>
+  </si>
+  <si>
+    <t>*data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -528,51 +534,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Z23"/>
+  <dimension ref="A1:Z24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -690,543 +696,543 @@
       <c r="G10" s="7">
         <v>31</v>
       </c>
       <c r="H10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I10" s="7">
         <v>31</v>
       </c>
       <c r="J10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K10" s="7">
         <v>31</v>
       </c>
       <c r="L10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M10" s="7">
         <v>36</v>
       </c>
       <c r="N10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O10" s="7">
-        <v/>
+        <v>36</v>
       </c>
       <c r="P10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q10" s="7">
-        <v/>
+        <v>36</v>
       </c>
       <c r="R10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S10" s="7">
-        <v/>
+        <v>5</v>
       </c>
       <c r="T10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U10" s="7">
         <v/>
       </c>
       <c r="V10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W10" s="7">
         <v/>
       </c>
       <c r="X10" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y10" s="7">
         <v/>
       </c>
       <c r="Z10" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B11" t="s" s="6">
         <v>22</v>
       </c>
       <c r="C11" s="7">
         <v>1718</v>
       </c>
       <c r="D11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E11" s="7">
         <v>1797</v>
       </c>
       <c r="F11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G11" s="7">
         <v>1988</v>
       </c>
       <c r="H11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I11" s="7">
-        <v>2847</v>
+        <v>2272</v>
       </c>
       <c r="J11" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K11" s="7">
         <v>2527</v>
       </c>
       <c r="L11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M11" s="7">
         <v>2616</v>
       </c>
       <c r="N11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O11" s="7">
-        <v/>
+        <v>2615</v>
       </c>
       <c r="P11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q11" s="7">
-        <v/>
+        <v>2608</v>
       </c>
       <c r="R11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S11" s="7">
-        <v/>
+        <v>2733</v>
       </c>
       <c r="T11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U11" s="7">
         <v/>
       </c>
       <c r="V11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W11" s="7">
         <v/>
       </c>
       <c r="X11" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y11" s="7">
         <v/>
       </c>
       <c r="Z11" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B12" t="s" s="6">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C12" s="7">
         <v>1946</v>
       </c>
       <c r="D12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E12" s="7">
         <v>1948</v>
       </c>
       <c r="F12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G12" s="7">
         <v>1980</v>
       </c>
       <c r="H12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I12" s="7">
         <v>1982</v>
       </c>
       <c r="J12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K12" s="7">
         <v>1990</v>
       </c>
       <c r="L12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M12" s="7">
-        <v>1689</v>
+        <v>2040</v>
       </c>
       <c r="N12" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="O12" s="7">
-        <v/>
+        <v>2034</v>
       </c>
       <c r="P12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q12" s="7">
-        <v/>
+        <v>2048</v>
       </c>
       <c r="R12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S12" s="7">
-        <v/>
+        <v>2060</v>
       </c>
       <c r="T12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U12" s="7">
         <v/>
       </c>
       <c r="V12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W12" s="7">
         <v/>
       </c>
       <c r="X12" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y12" s="7">
         <v/>
       </c>
       <c r="Z12" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s" s="6">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B13" t="s" s="6">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C13" s="7">
         <v>3</v>
       </c>
       <c r="D13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E13" s="7">
         <v>3</v>
       </c>
       <c r="F13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G13" s="7">
         <v>3</v>
       </c>
       <c r="H13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I13" s="7">
         <v>3</v>
       </c>
       <c r="J13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K13" s="7">
         <v>3</v>
       </c>
       <c r="L13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M13" s="7">
         <v>3</v>
       </c>
       <c r="N13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="P13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="R13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S13" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="T13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U13" s="7">
         <v/>
       </c>
       <c r="V13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W13" s="7">
         <v/>
       </c>
       <c r="X13" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y13" s="7">
         <v/>
       </c>
       <c r="Z13" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B14" t="s" s="6">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C14" s="7">
         <v>1125</v>
       </c>
       <c r="D14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E14" s="7">
         <v>1119</v>
       </c>
       <c r="F14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G14" s="7">
         <v>1116</v>
       </c>
       <c r="H14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I14" s="7">
-        <v>1005</v>
+        <v>1116</v>
       </c>
       <c r="J14" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K14" s="7">
         <v>1126</v>
       </c>
       <c r="L14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M14" s="7">
-        <v>1011</v>
+        <v>1143</v>
       </c>
       <c r="N14" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="O14" s="7">
-        <v/>
+        <v>1138</v>
       </c>
       <c r="P14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q14" s="7">
-        <v/>
+        <v>1148</v>
       </c>
       <c r="R14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S14" s="7">
-        <v/>
+        <v>1148</v>
       </c>
       <c r="T14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U14" s="7">
         <v/>
       </c>
       <c r="V14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W14" s="7">
         <v/>
       </c>
       <c r="X14" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y14" s="7">
         <v/>
       </c>
       <c r="Z14" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B15" t="s" s="6">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C15" s="7">
         <v>672</v>
       </c>
       <c r="D15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E15" s="7">
         <v>689</v>
       </c>
       <c r="F15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G15" s="7">
         <v>711</v>
       </c>
       <c r="H15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I15" s="7">
-        <v>683</v>
+        <v>722</v>
       </c>
       <c r="J15" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K15" s="7">
         <v>736</v>
       </c>
       <c r="L15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M15" s="7">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="N15" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="O15" s="7">
-        <v/>
+        <v>737</v>
       </c>
       <c r="P15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q15" s="7">
-        <v/>
+        <v>742</v>
       </c>
       <c r="R15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S15" s="7">
-        <v/>
+        <v>739</v>
       </c>
       <c r="T15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U15" s="7">
         <v/>
       </c>
       <c r="V15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W15" s="7">
         <v/>
       </c>
       <c r="X15" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y15" s="7">
         <v/>
       </c>
       <c r="Z15" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B16" t="s" s="8">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C16" s="9">
         <v>3695</v>
       </c>
       <c r="D16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="E16" s="9">
         <v>3776</v>
       </c>
       <c r="F16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="G16" s="9">
         <v>3999</v>
       </c>
       <c r="H16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="I16" s="9">
-        <v>4860</v>
+        <v>4285</v>
       </c>
       <c r="J16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="K16" s="9">
         <v>4548</v>
       </c>
       <c r="L16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="M16" s="9">
-        <v>4341</v>
+        <v>4692</v>
       </c>
       <c r="N16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="O16" s="9">
-        <v/>
+        <v>4685</v>
       </c>
       <c r="P16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Q16" s="9">
-        <v/>
+        <v>4692</v>
       </c>
       <c r="R16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="S16" s="9">
-        <v/>
+        <v>4798</v>
       </c>
       <c r="T16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="U16" s="9">
         <v/>
       </c>
       <c r="V16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="W16" s="9">
         <v/>
       </c>
       <c r="X16" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Y16" s="9">
         <v/>
       </c>
       <c r="Z16" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s" s="6">
@@ -1250,339 +1256,344 @@
       <c r="G17" s="7">
         <v>3127</v>
       </c>
       <c r="H17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I17" s="7">
         <v>3149</v>
       </c>
       <c r="J17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K17" s="7">
         <v>3152</v>
       </c>
       <c r="L17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M17" s="7">
         <v>3169</v>
       </c>
       <c r="N17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O17" s="7">
-        <v/>
+        <v>3170</v>
       </c>
       <c r="P17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q17" s="7">
-        <v/>
+        <v>3158</v>
       </c>
       <c r="R17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S17" s="7">
-        <v/>
+        <v>3158</v>
       </c>
       <c r="T17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U17" s="7">
         <v/>
       </c>
       <c r="V17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W17" s="7">
         <v/>
       </c>
       <c r="X17" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y17" s="7">
         <v/>
       </c>
       <c r="Z17" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s" s="6">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B18" t="s" s="6">
         <v>22</v>
       </c>
       <c r="C18" s="7">
         <v>29103</v>
       </c>
       <c r="D18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E18" s="7">
         <v>29683</v>
       </c>
       <c r="F18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G18" s="7">
         <v>30188</v>
       </c>
       <c r="H18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I18" s="7">
         <v>30186</v>
       </c>
       <c r="J18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K18" s="7">
         <v>30904</v>
       </c>
       <c r="L18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M18" s="7">
         <v>31969</v>
       </c>
       <c r="N18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O18" s="7">
-        <v/>
+        <v>33023</v>
       </c>
       <c r="P18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q18" s="7">
-        <v/>
+        <v>34044</v>
       </c>
       <c r="R18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S18" s="7">
-        <v/>
+        <v>34660</v>
       </c>
       <c r="T18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U18" s="7">
         <v/>
       </c>
       <c r="V18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W18" s="7">
         <v/>
       </c>
       <c r="X18" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y18" s="7">
         <v/>
       </c>
       <c r="Z18" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B19" t="s" s="6">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C19" s="7">
         <v>109953</v>
       </c>
       <c r="D19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="E19" s="7">
         <v>109826</v>
       </c>
       <c r="F19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="G19" s="7">
         <v>110446</v>
       </c>
       <c r="H19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="I19" s="7">
         <v>111832</v>
       </c>
       <c r="J19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="K19" s="7">
         <v>112802</v>
       </c>
       <c r="L19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="M19" s="7">
         <v>113755</v>
       </c>
       <c r="N19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="O19" s="7">
-        <v/>
+        <v>111964</v>
       </c>
       <c r="P19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Q19" s="7">
-        <v/>
+        <v>111614</v>
       </c>
       <c r="R19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="S19" s="7">
-        <v/>
+        <v>109803</v>
       </c>
       <c r="T19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="U19" s="7">
         <v/>
       </c>
       <c r="V19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="W19" s="7">
         <v/>
       </c>
       <c r="X19" t="s" s="6">
         <v>21</v>
       </c>
       <c r="Y19" s="7">
         <v/>
       </c>
       <c r="Z19" t="s" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s" s="6">
         <v>4</v>
       </c>
       <c r="B20" t="s" s="8">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C20" s="9">
         <v>142204</v>
       </c>
       <c r="D20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="E20" s="9">
         <v>142637</v>
       </c>
       <c r="F20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="G20" s="9">
         <v>143761</v>
       </c>
       <c r="H20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="I20" s="9">
         <v>145167</v>
       </c>
       <c r="J20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="K20" s="9">
         <v>146858</v>
       </c>
       <c r="L20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="M20" s="9">
         <v>148893</v>
       </c>
       <c r="N20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="O20" s="9">
-        <v/>
+        <v>148157</v>
       </c>
       <c r="P20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Q20" s="9">
-        <v/>
+        <v>148816</v>
       </c>
       <c r="R20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="S20" s="9">
-        <v/>
+        <v>147621</v>
       </c>
       <c r="T20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="U20" s="9">
         <v/>
       </c>
       <c r="V20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="W20" s="9">
         <v/>
       </c>
       <c r="X20" t="s" s="8">
         <v>21</v>
       </c>
       <c r="Y20" s="9">
         <v/>
       </c>
       <c r="Z20" t="s" s="8">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
+      <c r="A24" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:Z2"/>
     <mergeCell ref="A3:Z3"/>
     <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:Z6"/>
     <mergeCell ref="A7:Z7"/>
     <mergeCell ref="A8:Z8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:F9"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="I9:J9"/>
     <mergeCell ref="K9:L9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="Q9:R9"/>
     <mergeCell ref="S9:T9"/>
     <mergeCell ref="U9:V9"/>
     <mergeCell ref="W9:X9"/>
     <mergeCell ref="Y9:Z9"/>
   </mergeCells>